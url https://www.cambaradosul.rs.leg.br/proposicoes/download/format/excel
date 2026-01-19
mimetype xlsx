--- v0 (2025-11-06)
+++ v1 (2026-01-19)
@@ -12,64 +12,173 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Apresentação</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>Arquivos</t>
   </si>
   <si>
+    <t>Projeto de Lei Nº 087/2025</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 087/2025
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 086/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 086/2025
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 085/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 085/2025
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 084/2025</t>
+  </si>
+  <si>
+    <t>19/11/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 084/2025
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 083/2025</t>
+  </si>
+  <si>
+    <t>06/11/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 083/2025
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 082/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 082/2025
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 081/2025</t>
+  </si>
+  <si>
+    <t>24/10/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 081/2025
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 080/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 080/2025
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 079/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 079/2025
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 078/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 078/2025
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 077/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 077/2025
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 076/2025</t>
+  </si>
+  <si>
+    <t>10/10/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 076/2025
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 075/2025</t>
+  </si>
+  <si>
+    <t>29/09/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 075/2025
+</t>
+  </si>
+  <si>
     <t>Projeto de Lei Nº 074/2025</t>
   </si>
   <si>
     <t>19/09/2025</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei Nº 074/2025
 </t>
   </si>
   <si>
     <t>Projeto de Lei Nº 073/2025</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei Nº 073/2025
 </t>
   </si>
   <si>
     <t>Projeto de Lei Nº 072/2025</t>
   </si>
   <si>
     <t>04/09/2025</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei Nº 072/2025
 </t>
@@ -116,152 +225,50 @@
     <t>Projeto de Lei Nº 066/2025</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei Nº 066/2025
 </t>
   </si>
   <si>
     <t>Projeto de Lei Nº 065/2025</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei Nº 065/2025
 </t>
   </si>
   <si>
     <t>Projeto de Lei Nº 064/2025</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei Nº 064/2025
 </t>
   </si>
   <si>
     <t>Projeto de Lei Nº 063/2025</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei Nº 063/2025
-</t>
-[...100 lines deleted...]
-    <t xml:space="preserve">Projeto de Lei Nº 049/2025
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
@@ -569,51 +576,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/657817/images/original/Projeto de Lei 074.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/657771/images/original/Projeto de Lei 073.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/657770/images/original/Projeto de Lei 072.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/657767/images/original/Projeto de Lei 071.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/657766/images/original/Projeto de Lei 070.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/657765/images/original/Projeto de Lei 069.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/657764/images/original/Projeto de lei 068.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/657763/images/original/Projeto de Lei 067.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/657762/images/original/Projeto de Lei n&#186; 066.2025 -  Autoriza o executivo a subvencionar subven&#231;&#227;o no valor de R 10.100,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/631939/images/original/Projeto de Lei 065.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/631912/images/original/Projeto de Lei 064.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/631910/images/original/Projeto de Lei 063.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/631906/images/original/Projeto de Lei 062.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/621295/images/original/Projeto de Lei 061.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/621294/images/original/Projeto de Lei 060.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/631942/images/original/Projeto de Lei 059.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/616220/images/original/Projeto de Lei 0582025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/616219/images/original/Projeto de Lei 0572025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/616218/images/original/Projeto de Lei 0562025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/616209/images/original/Projeto de Lei 0542025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/616190/images/original/Projeto de Lei 0532025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/607888/images/original/Projeto de lei 0522025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/607887/images/original/Projeto de Lei 0512025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/601827/images/original/Projeto de Lei 0492025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/704303/images/original/Projeto de Lei 87.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/704301/images/original/Projeto de Lei 86.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/704299/images/original/Projeto de Lei Municipal n&#176;085.2025..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/704077/images/original/Projeto de Lei 084..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/704069/images/original/Projeto de Lei 083.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/704068/images/original/Projeto de Lei 082.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/677559/images/original/Projeto de Lei Municipal n&#176;081. 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/677557/images/original/Projeto de Lei Municipal n&#176;080. 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/677553/images/original/Projeto de Lei Municipal n&#176;079. 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/677546/images/original/Projeto de Lei Municipal n&#176;078. 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/677545/images/original/Projeto de Lei Municipal n&#176;077.2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/677544/images/original/Projeto de Lei 76.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/677543/images/original/Projeto de Lei 0752025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/657817/images/original/Projeto de Lei 074.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/657771/images/original/Projeto de Lei 073.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/657770/images/original/Projeto de Lei 072.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/657767/images/original/Projeto de Lei 071.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/657766/images/original/Projeto de Lei 070.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/657765/images/original/Projeto de Lei 069.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/657764/images/original/Projeto de lei 068.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/657763/images/original/Projeto de Lei 067.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/657762/images/original/Projeto de Lei n&#186; 066.2025 -  Autoriza o executivo a subvencionar subven&#231;&#227;o no valor de R 10.100,00.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/631939/images/original/Projeto de Lei 065.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/631912/images/original/Projeto de Lei 064.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/176/DocumentAssets/631910/images/original/Projeto de Lei 063.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D26" sqref="D26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -626,322 +633,326 @@
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
+        <v>5</v>
+      </c>
+      <c r="D4" s="1" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B10" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B16" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B17" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B18" t="s">
         <v>42</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B20" t="s">
         <v>42</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B21" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B22" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B23" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B24" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B25" t="s">
-        <v>58</v>
+        <v>51</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>60</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B26" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="D16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="D17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="D18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="D19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="D20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="D21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="D22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="D23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="D24" r:id="rId_hyperlink_23"/>
-    <hyperlink ref="D26" r:id="rId_hyperlink_24"/>
+    <hyperlink ref="D25" r:id="rId_hyperlink_24"/>
+    <hyperlink ref="D26" r:id="rId_hyperlink_25"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>